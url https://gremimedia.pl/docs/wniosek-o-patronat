--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,63 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\joannarykowska\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Dell\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEEE14DF-542F-4563-AC17-ED1EDCD28210}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12650"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Strona www</t>
   </si>
   <si>
     <t>Nazwa wydarzenia</t>
   </si>
   <si>
     <t>Opis wydarzenia</t>
   </si>
   <si>
     <t>Grupa docelowa</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Osoba do kontaktu </t>
@@ -206,51 +207,51 @@
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>-wysokość</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">)/nie)   </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -351,264 +352,263 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1023652</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>5772</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>1195530</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1008919</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>812257</xdr:rowOff>
+      <xdr:rowOff>806485</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Obraz 5" descr="C:\Users\joannarykowska\Desktop\pasek_patronaty_2.jpg"/>
+        <xdr:cNvPr id="7" name="Obraz 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
-        <a:stretch>
-[...1 lines deleted...]
-        </a:stretch>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="5772"/>
-[...55 lines deleted...]
-          <a:ext cx="8272894" cy="806485"/>
+          <a:off x="7777743" y="0"/>
+          <a:ext cx="7830403" cy="806485"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>882074</xdr:colOff>
+      <xdr:colOff>949043</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>1558059</xdr:colOff>
+      <xdr:colOff>1514468</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>806485</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Obraz 7" descr="C:\Users\joannarykowska\Desktop\pasek_patronaty_2.jpg"/>
+        <xdr:cNvPr id="8" name="Obraz 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
-        <a:stretch>
-[...1 lines deleted...]
-        </a:stretch>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="16156710" y="0"/>
-          <a:ext cx="8272894" cy="806485"/>
+          <a:off x="15548270" y="0"/>
+          <a:ext cx="7830403" cy="806485"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>3</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1200390</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>819264</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Obraz 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45C2139F-0A8B-25D6-1A9B-E897B8E130FC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3" y="0"/>
+          <a:ext cx="7954478" cy="819264"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -838,101 +838,101 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R3"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="P1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="T8" sqref="T7:T8"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="N10" sqref="N10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.453125" bestFit="1" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="17" max="17" width="21.26953125" customWidth="1"/>
+    <col min="1" max="1" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.5703125" customWidth="1"/>
+    <col min="4" max="4" width="16.85546875" customWidth="1"/>
+    <col min="5" max="5" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="24.7109375" customWidth="1"/>
+    <col min="9" max="9" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16.42578125" customWidth="1"/>
+    <col min="11" max="11" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.28515625" customWidth="1"/>
+    <col min="13" max="13" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="19.28515625" customWidth="1"/>
+    <col min="15" max="15" width="37.140625" customWidth="1"/>
+    <col min="16" max="16" width="31.140625" customWidth="1"/>
+    <col min="17" max="17" width="21.28515625" customWidth="1"/>
     <col min="18" max="18" width="23" customWidth="1"/>
-    <col min="20" max="20" width="31.54296875" customWidth="1"/>
+    <col min="20" max="20" width="31.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="64.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="R1" s="10"/>
+    <row r="1" spans="1:18" ht="64.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="7"/>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
+      <c r="K1" s="8"/>
+      <c r="L1" s="8"/>
+      <c r="M1" s="8"/>
+      <c r="N1" s="8"/>
+      <c r="O1" s="8"/>
+      <c r="P1" s="8"/>
+      <c r="Q1" s="8"/>
+      <c r="R1" s="9"/>
     </row>
-    <row r="2" spans="1:18" s="1" customFormat="1" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:18" s="1" customFormat="1" ht="53.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="5" t="s">
@@ -944,52 +944,52 @@
       <c r="K2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="N2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="R2" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="A3" s="7"/>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="3"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:R1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>